--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -10,115 +10,112 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="118">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do LEGISLATIVO nº 59 de 2025</t>
   </si>
   <si>
     <t>Valquírio</t>
   </si>
   <si>
     <t>Institui o Programa de Preparação para Aposentadoria dos Servidores Públicos Municipais de Itapetinga – Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do LEGISLATIVO nº 46 de 2025</t>
   </si>
   <si>
     <t>Peto</t>
   </si>
   <si>
     <t>“Denomina Praça Silvaneide Santos de Jesus, localizada no Bairro Américo Nogueira, e dá outras providências”.</t>
   </si>
   <si>
-    <t>Proposição aprovada</t>
+    <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do LEGISLATIVO nº 47 de 2025</t>
   </si>
   <si>
     <t>“Denomina Praça André José dos Santos (Pastor André), localizada no Bairro Américo Nogueira, e dá outras providências”.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>Tarugão</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorífico de Itapetinga, Estado da Bahia, a José Bispo dos santos e dá outras providências.</t>
   </si>
   <si>
-    <t>Aguardando emissão de parecer da comissão</t>
-[...1 lines deleted...]
-  <si>
     <t>Projeto de Decreto Legislativo nº 2 de 2025</t>
   </si>
   <si>
     <t>Manu de Chico Ferro Velho</t>
   </si>
   <si>
     <t>“Concede o título de Cidadã Honorífica de Itapetinga à Srª. Viviane Fernandes Souza, e dá outras providências”.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 3 de 2025</t>
   </si>
   <si>
     <t>Daniel Lacerda,Sibele Nery,Tiquinho Nogueira</t>
   </si>
   <si>
     <t>“Concede título de cidadão Honorífico de Itapetinga ao Exmº. Sr. Governador do Estado da Bahia Jerônimo Rodrigues Souza, e dá outras providências”.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 4 de 2025</t>
   </si>
   <si>
     <t>Anderson da Nova</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorífica de Itapetinga, Estado da Bahia, à Srª. Alice Carinhanha Nunes da Silva, e dá outras providências.</t>
@@ -249,90 +246,168 @@
   <si>
     <t>Indicação nº 34 de 2025</t>
   </si>
   <si>
     <t>Indico a reforma e ampliação dos Cemitérios de  Itapetinga.</t>
   </si>
   <si>
     <t>Indicação nº 35 de 2025</t>
   </si>
   <si>
     <t>Indico a construção de uma academia com pista de cooper ao ar livre em frente ao posto de saúde José Luna.</t>
   </si>
   <si>
     <t>Moção nº 114 de 2025</t>
   </si>
   <si>
     <t>Anderson da Nova,Pastor Jean Doriel</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO IF BAIANO CAMPUS ITAPETINGA – CURSO DE LICENCIATURA EM LETRAS E LIBRAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
+    <t>Indicação nº 237 de 2025</t>
+  </si>
+  <si>
+    <t>Pastor Evandro Souza</t>
+  </si>
+  <si>
+    <t>INDICO que se torne o Parque Poliesportivo da Lagoa em uma praça sensorial.</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo nº 15 de 2025</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Honorífico de Itapetinga, Estado da Bahia, ao Sr. Waldemar Rocha Alves, e dá outras providências.</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do LEGISLATIVO nº 86 de 2025</t>
   </si>
   <si>
     <t>Pastor Jean Doriel</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de Itapetinga, a Rota Turístico-Gastronômica da Carne e do Leite, destinada à valorização da agropecuária, da culinária regional e do turismo sustentável.”</t>
   </si>
   <si>
+    <t>Projeto de Lei Ordinária do LEGISLATIVO nº 87 de 2025</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a instalação de Pranchas de Comunicação Alternativa em espaços públicos do Município de Itapetinga, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do LEGISLATIVO nº 88 de 2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Programa Municipal de Oferta Gratuita de Óculos de Grau para Cidadãos em Situação de Vulnerabilidade Social no âmbito do município de Itapetinga-BA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Emenda nº 9 de 2025</t>
+  </si>
+  <si>
+    <t>Diga Diga,Peto,Sidinei do Sindicato,Sol dos Animais,Tarugão,Telê Vieira,Valquírio</t>
+  </si>
+  <si>
+    <t>Altera o Capítulo III - Das Autorizações, no Artigo 7º, incisos III e IV do Projeto de Lei nº 18/2025, que "Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Itapetinga para o exercício financeiro de 2026, e determina outras providências".</t>
+  </si>
+  <si>
+    <t>Emenda nº 11 de 2025</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa n° 011/25 ao Projeto de Lei nº 018/2025, acrescentando dotação orçamentária destinada à atividade de promoção e apoio aos grupos de Capoeira no Município de Itapetinga.</t>
+  </si>
+  <si>
     <t>Moção nº 116 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao sargento Fábio Guimarães pela promoção a sargento da Polícia Militar da Bahia.</t>
   </si>
   <si>
     <t>Moção nº 117 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao sargento Haiala Fernandes Oliveira pela promoção a sargento da Polícia Militar da Bahia.</t>
   </si>
   <si>
     <t>Moção nº 118 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao sargento RONECSON GOMES DOS SANTOS pela promoção a sargento da Polícia Militar da Bahia.</t>
   </si>
   <si>
     <t>Moção nº 119 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao sargento Maurício Rocha Gama pela promoção a sargento da Polícia Militar da Bahia.</t>
   </si>
   <si>
     <t>Moção nº 120 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao sargento JOSÉ RICARDO AZEVEDO SILVA pela promoção a sargento da Polícia Militar da Bahia.</t>
+  </si>
+  <si>
+    <t>Moção nº 121 de 2025</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao Sargento Gildo de Oliveira Sousa pela promoção a sargento da Polícia Militar da Bahia.</t>
+  </si>
+  <si>
+    <t>Moção nº 122 de 2025</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO ao Sargento Tiago Bottino de Jesus Brige Silva  pela promoção a sargento da Polícia Militar da Bahia.</t>
+  </si>
+  <si>
+    <t>Moção nº 123 de 2025</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO em homenagem ao Centro Educacional Evangélico Paulo de Tarso em reconhecimentopela atuação como instituição de referência no município, pautada em uma filosofia cristã e alicerçada nos princípios da Educação Cristã.</t>
+  </si>
+  <si>
+    <t>Indicação nº 238 de 2025</t>
+  </si>
+  <si>
+    <t>Conclusão de calçamento da Rua Valdomiro Riachão (na parte baixa da igreja Católica).</t>
+  </si>
+  <si>
+    <t>Indicação nº 239 de 2025</t>
+  </si>
+  <si>
+    <t>Indico a implantação de um CRAS FIXO para atendimento dos bairros 12 de Dezembro, Vila Érica e José Ivo.</t>
+  </si>
+  <si>
+    <t>Indicação nº 240 de 2025</t>
+  </si>
+  <si>
+    <t>Indico a instalação de uma unidade fixa do CRAS no Povoado de Palmares.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -624,61 +699,61 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F34"/>
+  <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="51.85546875" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="205.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="73.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="226.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
@@ -735,631 +810,891 @@
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>1981</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>1982</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
         <v>21</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>22</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>2057</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" t="s">
         <v>24</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>25</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>2163</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" t="s">
         <v>27</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>28</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>2194</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
         <v>30</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>31</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>2215</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>33</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2251</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
         <v>35</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>36</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2344</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2278</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2327</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2347</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2390</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F16" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>2391</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>2398</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
         <v>53</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>54</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>2363</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
         <v>56</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>57</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>2362</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" t="s">
         <v>59</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>1878</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" t="s">
         <v>61</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>1879</v>
       </c>
       <c r="B22" t="s">
         <v>6</v>
       </c>
       <c r="C22" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" t="s">
         <v>63</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>1880</v>
       </c>
       <c r="B23" t="s">
         <v>6</v>
       </c>
       <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" t="s">
         <v>65</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>1881</v>
       </c>
       <c r="B24" t="s">
         <v>6</v>
       </c>
       <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" t="s">
         <v>67</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>1882</v>
       </c>
       <c r="B25" t="s">
         <v>6</v>
       </c>
       <c r="C25" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" t="s">
         <v>69</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>1883</v>
       </c>
       <c r="B26" t="s">
         <v>6</v>
       </c>
       <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" t="s">
         <v>71</v>
       </c>
-      <c r="D26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>1884</v>
       </c>
       <c r="B27" t="s">
         <v>6</v>
       </c>
       <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" t="s">
         <v>73</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2415</v>
       </c>
       <c r="B28" t="s">
         <v>6</v>
       </c>
       <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
         <v>75</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>76</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>2420</v>
+        <v>2417</v>
       </c>
       <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" t="s">
         <v>79</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>80</v>
       </c>
-      <c r="D29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="E30" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>2422</v>
+        <v>2420</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E31" t="s">
         <v>86</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="B32" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
         <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="E32" t="s">
         <v>88</v>
       </c>
       <c r="F32" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>2425</v>
+        <v>2434</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
         <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="E33" t="s">
         <v>90</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
+        <v>2439</v>
+      </c>
+      <c r="B34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" t="s">
+        <v>81</v>
+      </c>
+      <c r="D34" t="s">
+        <v>56</v>
+      </c>
+      <c r="E34" t="s">
+        <v>82</v>
+      </c>
+      <c r="F34" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>2424</v>
+      </c>
+      <c r="B35" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" t="s">
+        <v>92</v>
+      </c>
+      <c r="E35" t="s">
+        <v>93</v>
+      </c>
+      <c r="F35" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>2435</v>
+      </c>
+      <c r="B36" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" t="s">
+        <v>94</v>
+      </c>
+      <c r="D36" t="s">
+        <v>35</v>
+      </c>
+      <c r="E36" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>2421</v>
+      </c>
+      <c r="B37" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>2422</v>
+      </c>
+      <c r="B38" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" t="s">
+        <v>98</v>
+      </c>
+      <c r="D38" t="s">
+        <v>18</v>
+      </c>
+      <c r="E38" t="s">
+        <v>99</v>
+      </c>
+      <c r="F38" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>2423</v>
+      </c>
+      <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" t="s">
+        <v>100</v>
+      </c>
+      <c r="D39" t="s">
+        <v>18</v>
+      </c>
+      <c r="E39" t="s">
+        <v>101</v>
+      </c>
+      <c r="F39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>2425</v>
+      </c>
+      <c r="B40" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" t="s">
+        <v>103</v>
+      </c>
+      <c r="F40" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
         <v>2426</v>
       </c>
-      <c r="B34" t="s">
-[...5 lines deleted...]
-      <c r="D34" t="s">
+      <c r="B41" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
         <v>18</v>
       </c>
-      <c r="E34" t="s">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="E41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>2427</v>
+      </c>
+      <c r="B42" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" t="s">
+        <v>106</v>
+      </c>
+      <c r="D42" t="s">
+        <v>18</v>
+      </c>
+      <c r="E42" t="s">
+        <v>107</v>
+      </c>
+      <c r="F42" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>2428</v>
+      </c>
+      <c r="B43" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" t="s">
+        <v>108</v>
+      </c>
+      <c r="D43" t="s">
+        <v>18</v>
+      </c>
+      <c r="E43" t="s">
+        <v>109</v>
+      </c>
+      <c r="F43" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>2438</v>
+      </c>
+      <c r="B44" t="s">
+        <v>83</v>
+      </c>
+      <c r="C44" t="s">
+        <v>110</v>
+      </c>
+      <c r="D44" t="s">
+        <v>85</v>
+      </c>
+      <c r="E44" t="s">
+        <v>111</v>
+      </c>
+      <c r="F44" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>2433</v>
+      </c>
+      <c r="B45" t="s">
+        <v>83</v>
+      </c>
+      <c r="C45" t="s">
+        <v>112</v>
+      </c>
+      <c r="D45" t="s">
+        <v>85</v>
+      </c>
+      <c r="E45" t="s">
+        <v>113</v>
+      </c>
+      <c r="F45" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>2436</v>
+      </c>
+      <c r="B46" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" t="s">
+        <v>114</v>
+      </c>
+      <c r="D46" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" t="s">
+        <v>115</v>
+      </c>
+      <c r="F46" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>2437</v>
+      </c>
+      <c r="B47" t="s">
+        <v>83</v>
+      </c>
+      <c r="C47" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" t="s">
+        <v>85</v>
+      </c>
+      <c r="E47" t="s">
+        <v>117</v>
+      </c>
+      <c r="F47" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>